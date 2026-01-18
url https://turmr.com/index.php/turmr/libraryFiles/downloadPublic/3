--- v0 (2025-10-16)
+++ v1 (2026-01-18)
@@ -1,25084 +1,3030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7A05FFBC" w14:textId="647A8C3D" w:rsidR="002832F3" w:rsidRPr="00D16863" w:rsidRDefault="00653D37" w:rsidP="002A1DC4">
-[...8202 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2186"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="4703"/>
+        <w:gridCol w:w="4703"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA41A5" w:rsidRPr="00D16863" w14:paraId="2FE827DB" w14:textId="77777777" w:rsidTr="00A8525A">
+      <w:tr w:rsidR="00353BC0" w14:paraId="011356BE" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="203DA9AF" w14:textId="0F027E75" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
-[...71 lines deleted...]
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+          <w:p w14:paraId="3E9E4AE0" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:bookmarkStart w:id="0" w:name="_Hlk217563021"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk217564568"/>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:noProof/>
               </w:rPr>
-            </w:pPr>
-[...197 lines deleted...]
-              <w:t>1.</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04D76D12" wp14:editId="577FEEAE">
+                  <wp:extent cx="1737360" cy="1131512"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1737360" cy="1131512"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7929654E" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="59AB4E1D" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Article Type / Makale </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Türü</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Research Article / Review / Case / Short Communication]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BE0871A" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Received / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Geliş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[DD Month YYYY]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FABBEC0" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accepted / Kabul: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[DD Month YYYY]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC1781B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Published Online / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çevrimiçi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yayım</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[DD Month YYYY] (Continuous publication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B299206" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Article Number / Makale No: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>eYYYY</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-XXX]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04D3F7CE" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D16863">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>47</w:t>
+              <w:t xml:space="preserve">DOI: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[https://doi.org/........]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219B2262" w14:textId="5782BC41" w:rsidR="00391CFD" w:rsidRDefault="00391CFD" w:rsidP="00391CFD">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>e-ISSN:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 2979-9767</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D6449F" w14:textId="7BD4D53D" w:rsidR="007F7AAE" w:rsidRPr="007F7AAE" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How to cite / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Atıf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Author, A. A., &amp; Author, B. B. (Year). Title. Turkish Management Review, Volume, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>eYYYY</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-XXX. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="007F7AAE" w:rsidRPr="00F55E16">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>https://doi.org/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>...]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5DF3555E" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000" w:rsidP="007F7AAE">
+      <w:pPr>
+        <w:pStyle w:val="TMRTitle"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MAIN TITLE IN THE LANGUAGE OF THE MANUSCRIPT (Sentence case; no numbering)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1EE6A4" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRSubtitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Secondary title in the other language (optional / if journal policy requires)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8311AC" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAuthors"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Author 1 Name SURNAME¹ · Author 2 Name SURNAME² · Author 3 Name SURNAME³</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E49C321" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAffiliations"/>
+      </w:pPr>
+      <w:r>
+        <w:t>¹Affiliation (Department, Institution, City, Country) · ORCID: https://orcid.org/0000-0000-0000-0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECFCC69" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAffiliations"/>
+      </w:pPr>
+      <w:r>
+        <w:t>²Affiliation (Department, Institution, City, Country) · ORCID: https://orcid.org/0000-0000-0000-0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E1C910" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAffiliations"/>
+      </w:pPr>
+      <w:r>
+        <w:t>³Affiliation (Department, Institution, City, Country) · ORCID: https://orcid.org/0000-0000-0000-0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EB3A76" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRCorrespondence"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Corresponding author / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sorumlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yazar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Name SURNAME · E-mail: name@domain.com · Address (optional)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2E9DED" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRNote"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Note / Not: If the study was previously presented (conference/thesis/project report), state it here.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1A6D7DDE" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="00EAD7F6" w14:textId="1A7A92D5" w:rsidR="00916E63" w:rsidRPr="00A662DD" w:rsidRDefault="00916E63" w:rsidP="00916E63">
+      <w:pPr>
+        <w:pStyle w:val="TMRNote"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Submission package (double-blind review): (1) Title Page and (2) Main Manuscript (blinded)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(this page)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Please remove all author-identifying information from the blinded file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6B9D62" w14:textId="5A9885AB" w:rsidR="00916E63" w:rsidRPr="00A662DD" w:rsidRDefault="00916E63" w:rsidP="00916E63">
+      <w:pPr>
+        <w:pStyle w:val="TMRNote"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Hakemlik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>süreci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>çift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>kör</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): (1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Kapak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Sayfası</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Körlenmiş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ana Metin </w:t>
+      </w:r>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>bu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>sayfa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A662DD" w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>dosya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>yükleyiniz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Körlenmiş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>dosyadan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>yazar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>bilgilerini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>tamamen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>kaldırınız</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A662DD">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75826F48" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAbstractHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F421DB" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAbstractText"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Write a concise abstract (150–250 words) covering purpose, method, key findings, and contribution. Avoid citations and undefined abbreviations. (If the manuscript language is English, place Abstract first; if Turkish, place Öz first.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC39C68" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRKeywords"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Keywords: keyword 1; keyword 2; keyword 3; keyword 4 (3–6 keywords)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A54376A" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRKeywords"/>
+      </w:pPr>
+      <w:r>
+        <w:t>JEL Codes: M10; M12; ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDEE475" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAbstractHeading"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ÖZ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="00EF153B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAbstractText"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Öz (150–250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sözcük</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>): Amaç–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yöntem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bulgular</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>katkı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>unsurlarını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kapsayacak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>şekilde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kısa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>açık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yazınız</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Öz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>içinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kaynakça</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>atıf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kullanmayınız</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0E18CD" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRKeywords"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Kelimeler: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 4 (3–6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kelime</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADA5C4D" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRAbstractHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Highlights </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76139D4F" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Highlight 1 (max 15 words)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6986C766" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Highlight 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729C7CE0" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Highlight 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786FA1FF" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA6A0F4" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRNote"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>MAIN MANUSCRIPT (BLINDED) / ANA METİN (KÖRLENMİŞ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C79B172" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRNote"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In the blinded version, delete the Title Page and remove acknowledgements, self-identifying project names, and author institutions from the text, file properties, and figure captions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53991F2E" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRTitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>TITLE (repeat here in the blinded manuscript)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344E0D77" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Introduction / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Giriş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="31675B55" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Start with the research problem and its relevance. State the purpose and contribution </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>clearly, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> position the study in the relevant literature. Keep the narrative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>focused, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> avoid excessive subheading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6527A232" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Example of a second paragraph without indentation (use when appropriate, e.g., after headings or before/after tables).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C863B98" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Theoretical Background / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Kuramsal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Arka Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A9117C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Use APA 7 heading levels (max five). Do not number headings. Use italics only when needed for emphasis or APA conventions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65107EA9" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conceptual subheading (Level 3 example) / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Kavramsal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> alt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>başlık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="44D81793" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide a coherent argument and end the section with a clear set of hypotheses or research questions (if applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310D37BF" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>List example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63206FF4" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListeMaddemi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>First item.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E73CE1C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListeMaddemi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Second item.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB70CA5" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListeMaddemi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Third item.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686CF52C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Method / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Yöntem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="37069418" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describe design, sample, measures, procedure, and analysis in a replicable way. Report ethics approval when required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126C20E8" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sample and Data / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Örneklem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Veri</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593722FF" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide population, sampling strategy, inclusion criteria, and descriptive statistics of participants/units. For surveys/experiments, report power or justification; for qualitative studies, report saturation/adequacy logic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33466BC0" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Measures / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ölçme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Araçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2FA079CC" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describe scales/instruments, reliability/validity evidence, translation/back-translation (if applicable), and example items when needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6D40CE" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data Analysis / Veri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Analizi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0C5BF36F" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Explain analysis steps and software (e.g., R, Stata, SPSS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>SmartPLS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>). Use decimal separators consistently (journal policy: use comma in Turkish manuscripts).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E969F93" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRTableTitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Table 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3374915C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Descriptive Statistics and Correlations (example)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="10" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="10" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2351"/>
+        <w:gridCol w:w="2351"/>
+        <w:gridCol w:w="2351"/>
+        <w:gridCol w:w="2351"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00353BC0" w14:paraId="446FAE0E" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19F950CA" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4420589F" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="0C9D0B1C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27F4AC32" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="7FBFEDB6" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              <w:t>2.</w:t>
+              <w:t>SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="653D5FC4" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="010F5655" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353BC0" w14:paraId="30A816A6" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B752B41" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D16863">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>1. Variable name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E8FC63B" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="2909053A" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>3,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CB4B214" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="5A1A46C7" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              <w:t>3.</w:t>
+              <w:t>0,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C3494A2" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="3D1A2FC9" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353BC0" w14:paraId="76B22233" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B79B5F9" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D16863">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>2. Variable name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2836D329" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="4746D8DD" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>2,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A4F8A3C" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="03FA7419" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...74 lines deleted...]
-              <w:t>K</w:t>
+              <w:t>0,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BF480C3" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="3A44A671" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>.34**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353BC0" w14:paraId="33A05D29" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AD706F9" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D16863">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>117</w:t>
+              <w:t>3. Variable name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DFC8965" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="16334F75" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>4,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C2F95EC" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="497BFC8B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              <w:t>E</w:t>
+              <w:t>0,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2351" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D8565FA" w14:textId="77777777" w:rsidR="00FA41A5" w:rsidRPr="00D16863" w:rsidRDefault="00FA41A5" w:rsidP="00E7746F">
+          <w:p w14:paraId="34942D73" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="GvdeMetni3"/>
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...228 lines deleted...]
-              <w:t>155</w:t>
+              <w:t>.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06EEFE14" w14:textId="133DA78A" w:rsidR="00E9604E" w:rsidRPr="00D16863" w:rsidRDefault="00E9604E" w:rsidP="00E9604E">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Kaynak (Source): (Oliver, 1991, p. 152; Etherington and Richardson, 1994) </w:t>
+    <w:p w14:paraId="2A22B334" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRTableNote"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Note. ** p &lt; .01. Use horizontal lines only; avoid vertical lines. Do not duplicate the table in the text; interpret it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A772E4F" w14:textId="3F510BA3" w:rsidR="008C6FFC" w:rsidRPr="00D16863" w:rsidRDefault="008C6FFC" w:rsidP="008C6FFC">
-[...656 lines deleted...]
-        <w:t>)</w:t>
+    <w:p w14:paraId="1041AC68" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRFigureCaption"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 1. Conceptual model (example).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="888888"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="888888"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="888888"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="888888"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2186"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="9406"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A8525A" w:rsidRPr="00D16863" w14:paraId="36CBB462" w14:textId="77777777" w:rsidTr="00A8525A">
+      <w:tr w:rsidR="00353BC0" w14:paraId="3D2C2AB7" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9406" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="300" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="300" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39B81D59" w14:textId="77777777" w:rsidR="00A8525A" w:rsidRPr="00D16863" w:rsidRDefault="00A8525A" w:rsidP="001E4EB8">
+          <w:p w14:paraId="427FD571" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="TabloBalk"/>
-              <w:spacing w:line="20" w:lineRule="atLeast"/>
+              <w:pStyle w:val="TMRBodyNoIndent"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D16863">
-[...55 lines deleted...]
-              <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-                <w:b/>
+                <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1298 lines deleted...]
-              <w:t>155</w:t>
+              <w:t>Insert figure here (as an image). Ensure 300 dpi and readable labels.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22D20CD4" w14:textId="77777777" w:rsidR="00C61D22" w:rsidRPr="00D16863" w:rsidRDefault="008C6FFC" w:rsidP="00A8525A">
-[...44 lines deleted...]
-        <w:t>Paragraf metni Paragraf metni (Biçimlendirme Stili=</w:t>
+    <w:p w14:paraId="626F8013" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Findings / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D16863">
-[...5868 lines deleted...]
-        <w:t>information</w:t>
+      <w:r>
+        <w:t>Bulgular</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="240BFF9A" w14:textId="51E2173D" w:rsidR="00CF23B2" w:rsidRPr="00D16863" w:rsidRDefault="00CF23B2" w:rsidP="00CF23B2">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Name of </w:t>
+    <w:p w14:paraId="6A9151AF" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Report results in the order of hypotheses/research questions. Provide effect sizes and confidence intervals where relevant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F79F48" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Discussion / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D16863">
-[...3 lines deleted...]
-        <w:t>the</w:t>
+      <w:r>
+        <w:t>Tartışma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D16863">
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="2DA67EE6" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Interpret findings in relation to prior literature; discuss theoretical and practical implications; acknowledge limitations and future research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675F0D0D" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conclusion / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sonuç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4484A136" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide a brief, concrete conclusion that follows from the results. Avoid introducing new evidence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F296744" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ethics Statement / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Etik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Beyan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626B5C97" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State ethics committee approval (name, date, number) and informed consent when applicable. If not required, explain why.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCBF23C" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Author Contributions (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) / Yazar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Katkıları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A18B86B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Example: Conceptualization: A.A.; Methodology: A.A., B.B.; Data curation: B.B.; Writing-original draft: A.A.; Writing-review &amp; editing: A.A., B.B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5167CBCB" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Funding / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Finansman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="16020C4E" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State funding source(s) and grant number(s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>), or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> write: 'This research received no external funding.'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679ED2D7" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Conflict of Interest / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Çıkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D16863">
-[...3 lines deleted...]
-        <w:t>committee</w:t>
+      <w:r>
+        <w:t>Çatışması</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D16863">
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="530B7F62" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Declare conflicts or write: 'The authors declare no conflict of interest.'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B22C769" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data Availability / Veri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Paylaşımı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="00490E2B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Provide repository link/DOI and access </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conditions, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> write: 'Data are available from the corresponding author upon reasonable request.'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB14763" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acknowledgements / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Teşekkür</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="650C6A8B" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In the blinded manuscript, omit this section. In the final version, acknowledge non-author contributions here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28604CF1" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">References / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Kaynakça</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="11747B91" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBodyNoIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ensure that all in-text citations appear in the reference list and vice versa. Use APA 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB51E20" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRReferences"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Author, A. A., &amp; Author, B. B. (2025). Title of the article in sentence case. Turkish Management Review, 5, e2025-001. https://doi.org/xx.xxxx/xxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B51912A" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRReferences"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Author, C. C. (2024). Title of the book (3rd ed.). Publisher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533A9C13" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRReferences"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Author, D. D., Author, E. E., &amp; Author, F. F. (2023). Chapter title. In G. G. Editor (Ed.), Book title (pp. 10–25). Publisher. https://doi.org/xx.xxxx/xxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A825800" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix / Ek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4576BC56" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix A. Title (optional)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7723FBE4" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Place supplementary materials here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A835310" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRHeading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Extended Summary / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Genişletilmiş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D16863">
-[...3 lines deleted...]
-        <w:t>that</w:t>
+      <w:r>
+        <w:t>Özet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D16863">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7B59888A" w14:textId="4A6218C0" w:rsidR="00CF23B2" w:rsidRPr="00D16863" w:rsidRDefault="00CF23B2" w:rsidP="00CF23B2">
-[...60 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="5B1662C1" w14:textId="77777777" w:rsidR="00353BC0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="TMRBody"/>
+      </w:pPr>
+      <w:r>
+        <w:t>750–1000 words. No subheadings. Provide purpose, method, findings, and implications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F6AA5C" w14:textId="4988678D" w:rsidR="00CF23B2" w:rsidRPr="00D16863" w:rsidRDefault="00CF23B2" w:rsidP="00CF23B2">
-[...4180 lines deleted...]
-      <w:cols w:space="708"/>
+    <w:sectPr w:rsidR="00353BC0" w:rsidSect="00034616">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7038F92F" w14:textId="77777777" w:rsidR="00013829" w:rsidRDefault="00013829" w:rsidP="0041040E">
+    <w:p w14:paraId="63AFAC4E" w14:textId="77777777" w:rsidR="00811D4A" w:rsidRDefault="00811D4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E4FD870" w14:textId="77777777" w:rsidR="00013829" w:rsidRDefault="00013829" w:rsidP="0041040E">
+    <w:p w14:paraId="62B15A87" w14:textId="77777777" w:rsidR="00811D4A" w:rsidRDefault="00811D4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C80EFD7" w14:textId="77777777" w:rsidR="002853A3" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00260F11">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A7F3B9D" w14:textId="77777777" w:rsidR="00013829" w:rsidRDefault="00013829" w:rsidP="0041040E">
+    <w:p w14:paraId="5B575549" w14:textId="77777777" w:rsidR="00811D4A" w:rsidRDefault="00811D4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50C5E2C7" w14:textId="77777777" w:rsidR="00013829" w:rsidRDefault="00013829" w:rsidP="0041040E">
+    <w:p w14:paraId="177DD50E" w14:textId="77777777" w:rsidR="00811D4A" w:rsidRDefault="00811D4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...1327 lines deleted...]
-        <w:t xml:space="preserve"> https://orcid.org/XXXX-XXXX-XXXX-XXXX</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1122 lines deleted...]
-  </w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:insideH w:val="nil"/>
+        <w:insideV w:val="nil"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4680"/>
+      <w:gridCol w:w="4680"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="002853A3" w14:paraId="72AE2699" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4680" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1A036473" w14:textId="77777777" w:rsidR="002853A3" w:rsidRDefault="00000000">
+          <w:bookmarkStart w:id="2" w:name="_Hlk217563067"/>
+          <w:bookmarkStart w:id="3" w:name="_Hlk217563068"/>
+          <w:bookmarkStart w:id="4" w:name="_Hlk217563105"/>
+          <w:bookmarkStart w:id="5" w:name="_Hlk217563106"/>
+          <w:bookmarkStart w:id="6" w:name="_Hlk217563108"/>
+          <w:bookmarkStart w:id="7" w:name="_Hlk217563109"/>
+          <w:bookmarkStart w:id="8" w:name="_Hlk217563113"/>
+          <w:bookmarkStart w:id="9" w:name="_Hlk217563114"/>
+          <w:bookmarkStart w:id="10" w:name="_Hlk217563149"/>
+          <w:bookmarkStart w:id="11" w:name="_Hlk217563150"/>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>Turkish Management Review</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4680" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0F31559D" w14:textId="77777777" w:rsidR="002853A3" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>Vol. [XX] ([YYYY])</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="002853A3" w14:paraId="522F3AE9" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4680" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1E0BAF20" w14:textId="77777777" w:rsidR="002853A3" w:rsidRDefault="00000000">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>e-ISSN 2979-9767</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4680" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="414A15B3" w14:textId="77777777" w:rsidR="002853A3" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">e[YYYY-XXX] | </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>https://doi.org/[</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>DOI]</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:tr>
+  </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...25 lines deleted...]
-  </w:numPicBullet>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="028A049F"/>
-[...180 lines deleted...]
-    <w:tmpl w:val="B4A6BD6E"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:pStyle w:val="ListeNumaras3"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:pStyle w:val="ListeNumaras2"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:pStyle w:val="ListeNumaras"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...51 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="338168026">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1788039847">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1764565719">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="888414599">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1773743881">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1441682137">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2121753839">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1390767782">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1854102203">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1148672358">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="2125805013">
+  <w:num w:numId="9" w16cid:durableId="502164754">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayNDY3sLQwMzEwtDQ3MzZU0lEKTi0uzszPAykwqQUAwAhpPiwAAAA="/>
+    <w:docVar w:name="StyleGuidePreference" w:val="-1"/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="0041040E"/>
-[...189 lines deleted...]
-    <w:rsid w:val="00FF418A"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="00260F11"/>
+    <w:rsid w:val="002853A3"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="00353BC0"/>
+    <w:rsid w:val="00391CFD"/>
+    <w:rsid w:val="004F5B22"/>
+    <w:rsid w:val="00514592"/>
+    <w:rsid w:val="00657F9B"/>
+    <w:rsid w:val="007F7AAE"/>
+    <w:rsid w:val="00811D4A"/>
+    <w:rsid w:val="00916E63"/>
+    <w:rsid w:val="00A662DD"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00BA538A"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00CB741B"/>
+    <w:rsid w:val="00D40BAA"/>
+    <w:rsid w:val="00D762E0"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1C8DB2D9"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="67DCF230"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{933062D4-7F8A-4221-97E0-C2E1A435338A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25100,78 +3046,78 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -25206,66 +3152,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -25325,4311 +3262,11663 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="006672F6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
-    <w:aliases w:val="Başlık1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008F1199"/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:szCs w:val="20"/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
-    <w:aliases w:val="Başlık2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk2Char"/>
-    <w:autoRedefine/>
-[...20 lines deleted...]
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003B3057"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-      <w:szCs w:val="24"/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0041040E"/>
+    <w:rsid w:val="00E618BF"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
     <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0041040E"/>
+    <w:rsid w:val="00E618BF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0041040E"/>
+    <w:rsid w:val="00E618BF"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
     <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0041040E"/>
-[...3 lines deleted...]
-    <w:aliases w:val="DipnotMetni"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AralkYok">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="DipnotMetniChar1"/>
-    <w:autoRedefine/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altyaz">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltyazChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
+    <w:name w:val="Altyazı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altyaz"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetniChar"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-      <w:ind w:left="113" w:hanging="113"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetniChar">
+    <w:name w:val="Gövde Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetni2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetni2Char">
+    <w:name w:val="Gövde Metni 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetni3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
-    <w:name w:val="Dipnot Metni Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetni3Char">
+    <w:name w:val="Gövde Metni 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni3"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="0041040E"/>
+    <w:rsid w:val="00AA1D8D"/>
     <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MakroMetni">
+    <w:name w:val="macro"/>
+    <w:link w:val="MakroMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar1">
-[...2 lines deleted...]
-    <w:link w:val="DipnotMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakroMetniChar">
+    <w:name w:val="Makro Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="MakroMetni"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E9604E"/>
+    <w:rsid w:val="0029639D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Alnt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AlntChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
       <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
+    <w:name w:val="Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Alnt"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ResimYazs">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="20"/>
-      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D706D8"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GlAlnt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="GlAlntChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
+    <w:name w:val="Güçlü Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GlAlnt"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HafifVurgulama">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HafifBavuru">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DipnotBavurusu">
-[...3 lines deleted...]
-    <w:rsid w:val="0041040E"/>
+  <w:style w:type="character" w:styleId="GlBavuru">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AnaBalk">
-[...3 lines deleted...]
-    <w:autoRedefine/>
+  <w:style w:type="character" w:styleId="KitapBal">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="005F4084"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
       <w:b/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AnaBalkChar">
-[...44 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="TBal">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Balk1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D706D8"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D706D8"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AralkYok">
-[...3 lines deleted...]
-    <w:rsid w:val="00F006C8"/>
+  <w:style w:type="table" w:styleId="AkGlgeleme">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Öz"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaList2-Vurgu1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="243F60" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="622423" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4E6128" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3151" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="205867" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="974706" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C4C74" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="772C2A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5E7530" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C3B62" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="276A7C" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B65608" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="664E82" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="664E82" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7E9C40" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="7E9C40" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2730A" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2730A" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="348DA5" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="348DA5" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRTitle">
+    <w:name w:val="TMR_Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="zChar"/>
-[...5 lines deleted...]
-      <w:jc w:val="both"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRSubtitle">
+    <w:name w:val="TMR_Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:i/>
-      <w:iCs/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zChar">
-[...3 lines deleted...]
-    <w:rsid w:val="008F1199"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRAuthors">
+    <w:name w:val="TMR_Authors"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRAffiliations">
+    <w:name w:val="TMR_Affiliations"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stBilgi-iftSayfa">
-    <w:name w:val="ÜstBilgi-ÇiftSayfa"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRCorrespondence">
+    <w:name w:val="TMR_Correspondence"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgi-iftSayfaChar"/>
-[...8 lines deleted...]
-      <w:jc w:val="both"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-      <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stBilgi-TekSayfa">
-    <w:name w:val="ÜstBilgi-TekSayfa"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRNote">
+    <w:name w:val="TMR_Note"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgi-TekSayfaChar"/>
-[...8 lines deleted...]
-      <w:jc w:val="right"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:i/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgi-iftSayfaChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00530C92"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRAbstractHeading">
+    <w:name w:val="TMR_AbstractHeading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="40"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
-[...5 lines deleted...]
-    <w:rsid w:val="008F1199"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRAbstractText">
+    <w:name w:val="TMR_AbstractText"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRKeywords">
+    <w:name w:val="TMR_Keywords"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRHeading1">
+    <w:name w:val="TMR_Heading1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgi-TekSayfaChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00530C92"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRHeading2">
+    <w:name w:val="TMR_Heading2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
-[...5 lines deleted...]
-    <w:rsid w:val="008F1199"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRHeading3">
+    <w:name w:val="TMR_Heading3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...206 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altyaz">
-    <w:name w:val="Subtitle"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRHeading4">
+    <w:name w:val="TMR_Heading4"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...66 lines deleted...]
-    <w:rsid w:val="002A1DC4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+    </w:pPr>
     <w:rPr>
       <w:i/>
-      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ekilAdChar">
-[...3 lines deleted...]
-    <w:rsid w:val="002A1DC4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRHeading5">
+    <w:name w:val="TMR_Heading5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
       <w:i/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRBody">
+    <w:name w:val="TMR_Body"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:firstLine="425"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRBodyNoIndent">
+    <w:name w:val="TMR_Body_NoIndent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRTableTitle">
+    <w:name w:val="TMR_TableTitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRTableNote">
+    <w:name w:val="TMR_TableNote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRFigureCaption">
+    <w:name w:val="TMR_FigureCaption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TMRReferences">
+    <w:name w:val="TMR_References"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+      <w:ind w:left="567" w:hanging="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007F7AAE"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00835A36"/>
+    <w:rsid w:val="007F7AAE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zlenenKpr">
-[...33 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...146 lines deleted...]
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eric.ed.gov/?id=ED359201" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5961/higheredusci.1013848" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tez.yok.gov.tr/UlusalTezMerkezi/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.52704/bssocialscience.912717" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30783/nevsosbilen.981875" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.meb.gov.tr/meb_iys_dosyalar/2019_12/03105347_PISA_2018_Turkiye_On_Raporu.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tez.yok.gov.tr/UlusalTezMerkezi/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://odsgm.meb.gov.tr/meb_iys_dosyalar/2017_06/23161120_2016_izleme_degYerlendirme_raporu.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.uiowa.edu/etd/981/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
-[...2883 lines deleted...]
-</dgm:styleDef>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{362D69C2-8F4D-4985-A70B-DEC79E3D11E2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>28786</Characters>
+  <Pages>5</Pages>
+  <Words>892</Words>
+  <Characters>5479</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>239</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33769</CharactersWithSpaces>
+  <CharactersWithSpaces>6254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description/>
-  <cp:lastModifiedBy/>
+  <dc:description>generated by python-docx</dc:description>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>
-
-[...63 lines deleted...]
-</file>